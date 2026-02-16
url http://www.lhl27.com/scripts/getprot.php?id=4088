--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -132,54 +132,54 @@
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Богачев Артем</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Афанасенко Евгений</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
+    <t>Кумыков Андрей</t>
+  </si>
+  <si>
     <t>Шеронов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1293,78 +1293,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>27</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>27</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>33</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>