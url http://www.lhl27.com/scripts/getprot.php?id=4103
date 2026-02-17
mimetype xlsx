--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -156,90 +156,90 @@
   <si>
     <t>Ерофеев Николай</t>
   </si>
   <si>
     <t>Баранов Никита</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Авантажстрой»</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>9-10</t>
   </si>
   <si>
     <t>8-50</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>11-00</t>
+  </si>
+  <si>
+    <t>35-18</t>
+  </si>
+  <si>
+    <t>Карпусь Владислав</t>
+  </si>
+  <si>
+    <t>12-18</t>
+  </si>
+  <si>
     <t>Лазарев Владимир</t>
   </si>
   <si>
-    <t>11-00</t>
-[...13 lines deleted...]
-  <si>
     <t>20-25</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>21-53</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>29-46</t>
   </si>
   <si>
+    <t>Чернухин Егор</t>
+  </si>
+  <si>
+    <t>42-18</t>
+  </si>
+  <si>
     <t>Корниенко Евгений</t>
-  </si>
-[...4 lines deleted...]
-    <t>Чернухин Егор</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>43-42</t>
   </si>
   <si>
     <t>Буряков Максим</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
   </si>
   <si>
     <t>Радинский Егор</t>
   </si>
   <si>
     <t>Королев Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1841,88 +1841,88 @@
       <c r="L35" s="7">
         <v>28</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>28</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="H36" s="7">
         <v>7</v>
       </c>
       <c r="I36" s="7"/>
       <c r="J36" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K36" s="7">
         <v>76</v>
       </c>
       <c r="L36" s="7">
         <v>88</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>28</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H37" s="7">
         <v>8</v>
       </c>
       <c r="I37" s="7" t="s">
         <v>60</v>
       </c>
       <c r="J37" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K37" s="7">
         <v>77</v>
       </c>
       <c r="L37" s="7">
         <v>28</v>
       </c>
       <c r="M37" s="7">
         <v>33</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>