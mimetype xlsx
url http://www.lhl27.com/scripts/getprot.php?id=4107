--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -135,54 +135,54 @@
   <si>
     <t>42:21</t>
   </si>
   <si>
     <t>43-44</t>
   </si>
   <si>
     <t>Денисов Денис</t>
   </si>
   <si>
     <t>43:34</t>
   </si>
   <si>
     <t>Мерецкий Никита</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Гуленок Альберт</t>
+  </si>
+  <si>
     <t>Свиридов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гуленок Альберт</t>
   </si>
   <si>
     <t>Горохов Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>21-18</t>
   </si>
   <si>
     <t>19:40</t>
   </si>