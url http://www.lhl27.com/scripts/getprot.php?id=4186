--- v0 (2025-12-07)
+++ v1 (2026-02-14)
@@ -81,63 +81,63 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Синицын Сергей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>4-40</t>
+  </si>
+  <si>
+    <t>4-10</t>
+  </si>
+  <si>
     <t>Шмаин Илья</t>
-  </si>
-[...10 lines deleted...]
-    <t>Синицын Сергей</t>
   </si>
   <si>
     <t>7-59</t>
   </si>
   <si>
     <t>8-57</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>21-10</t>
   </si>
   <si>
     <t>27-59</t>
   </si>
   <si>
     <t>Павлов Анатолий</t>
   </si>
   <si>
     <t>33-45</t>
   </si>