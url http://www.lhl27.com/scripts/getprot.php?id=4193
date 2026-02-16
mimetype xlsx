--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -156,60 +156,60 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Евтеев Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Авантажстрой»</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>05:40</t>
   </si>
   <si>
+    <t>Карпусь Владислав</t>
+  </si>
+  <si>
+    <t>23:34</t>
+  </si>
+  <si>
+    <t>15:00</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
-  </si>
-[...7 lines deleted...]
-    <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>32:51</t>
   </si>
   <si>
     <t>36:02</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>34:43</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
     <t>39:00</t>
   </si>
   <si>
     <t>Воронцов Роман</t>
   </si>
   <si>
     <t>41:48</t>
   </si>
@@ -1871,51 +1871,51 @@
       <c r="L36" s="7">
         <v>25</v>
       </c>
       <c r="M36" s="7">
         <v>76</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>29</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H37" s="7">
         <v>8</v>
       </c>
       <c r="I37" s="7"/>
       <c r="J37" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K37" s="7">
         <v>77</v>
       </c>
       <c r="L37" s="7">
         <v>10</v>
       </c>
       <c r="M37" s="7">
         <v>0</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">