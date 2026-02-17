--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -156,60 +156,60 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Евтеев Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Авантажстрой»</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>05:40</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>23:34</t>
+  </si>
+  <si>
+    <t>15:00</t>
+  </si>
+  <si>
     <t>Карпусь Владислав</t>
-  </si>
-[...7 lines deleted...]
-    <t>Заикин Илья</t>
   </si>
   <si>
     <t>32:51</t>
   </si>
   <si>
     <t>36:02</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>34:43</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
     <t>39:00</t>
   </si>
   <si>
     <t>Воронцов Роман</t>
   </si>
   <si>
     <t>41:48</t>
   </si>