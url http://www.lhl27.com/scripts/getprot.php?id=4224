--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -135,93 +135,93 @@
   <si>
     <t>37:46</t>
   </si>
   <si>
     <t>Деулин Евгений</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Щавинский Кирилл</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Сокол*»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>29:46</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>33:13</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>Манойленко Данила</t>
   </si>
   <si>
     <t>Головашов Александр</t>
   </si>
   <si>
+    <t>Богдан Михаил</t>
+  </si>
+  <si>
     <t>Колбин Валерий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Богдан Михаил</t>
   </si>
   <si>
     <t>Нагайко Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Меркурьев Евгений</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Сачаков Вадим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1245,85 +1245,85 @@
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>98</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
@@ -1703,51 +1703,51 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>13</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>21</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
@@ -1757,78 +1757,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>29</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>