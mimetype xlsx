--- v1 (2026-02-16)
+++ v2 (2026-02-17)
@@ -174,54 +174,54 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>29:46</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>33:13</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>Манойленко Данила</t>
   </si>
   <si>
     <t>Головашов Александр</t>
   </si>
   <si>
+    <t>Колбин Валерий</t>
+  </si>
+  <si>
     <t>Богдан Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Нагайко Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Меркурьев Евгений</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Сачаков Вадим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1757,78 +1757,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>29</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>