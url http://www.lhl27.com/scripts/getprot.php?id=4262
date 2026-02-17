--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -111,54 +111,54 @@
   <si>
     <t>27:15</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>Мерецкий Никита</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>33:15</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
+    <t>Гуленок Альберт</t>
+  </si>
+  <si>
     <t>Свиридов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гуленок Альберт</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Давыденко Игорь</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Прянишников Денис</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Евтеев Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>