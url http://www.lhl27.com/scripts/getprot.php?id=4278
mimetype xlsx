--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -99,54 +99,54 @@
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>17:23</t>
   </si>
   <si>
     <t>Туезов Анатолий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>18:11</t>
   </si>
   <si>
+    <t>Недбайлов Алексей</t>
+  </si>
+  <si>
     <t>Рыженков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>Базалий Максим</t>
   </si>
   <si>
     <t>Бордаковский Александр</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Обухович Александр</t>
   </si>
   <si>
     <t>Правский Артем</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Гостев Владимир</t>
   </si>
   <si>
     <t>Клименко Сергей</t>
   </si>
@@ -998,78 +998,78 @@
       </c>
       <c r="O6" s="6">
         <v>15</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>2</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>12</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>12</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>13</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>