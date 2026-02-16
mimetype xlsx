--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -180,54 +180,54 @@
   <si>
     <t>25:13</t>
   </si>
   <si>
     <t>28:13</t>
   </si>
   <si>
     <t>43:56</t>
   </si>
   <si>
     <t>Губанов Сергей</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Глущенко Максим</t>
   </si>
   <si>
     <t>Черников Николай</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
+    <t>Малашенко Сергей</t>
+  </si>
+  <si>
     <t>Севостьянов Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Малашенко Сергей</t>
   </si>
   <si>
     <t>Костин Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>