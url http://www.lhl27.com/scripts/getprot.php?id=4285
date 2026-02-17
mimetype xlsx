--- v0 (2026-02-16)
+++ v1 (2026-02-17)
@@ -177,54 +177,54 @@
   <si>
     <t>Заседа Алексей</t>
   </si>
   <si>
     <t>40:11</t>
   </si>
   <si>
     <t>43:11</t>
   </si>
   <si>
     <t>Мяснянкин Иван</t>
   </si>
   <si>
     <t>Мешков Павел</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Абраменко Иван</t>
   </si>
   <si>
+    <t>Рассказов Евгений</t>
+  </si>
+  <si>
     <t>Богомолов Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рассказов Евгений</t>
   </si>
   <si>
     <t>Евтеев Максим</t>
   </si>
   <si>
     <t>Светачев Алексей</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Лесник Арсентий</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Спицкий Алексей</t>
   </si>
   <si>
     <t>Подлесный Евгений</t>
   </si>