--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -120,54 +120,54 @@
   <si>
     <t>22:53</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>37:34</t>
   </si>
   <si>
     <t>Чепелев Егор</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Чанчиков Евгений</t>
   </si>
   <si>
+    <t>Лунев Антон</t>
+  </si>
+  <si>
     <t>Вялый Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лунев Антон</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Андриенко Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук*»</t>
   </si>
@@ -1083,78 +1083,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>70</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>