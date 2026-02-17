--- v0 (2025-12-07)
+++ v1 (2026-02-17)
@@ -165,57 +165,57 @@
   <si>
     <t>01:58</t>
   </si>
   <si>
     <t>09:03</t>
   </si>
   <si>
     <t>Мяснянкин Иван</t>
   </si>
   <si>
     <t>35:13</t>
   </si>
   <si>
     <t>20:36</t>
   </si>
   <si>
     <t>Чу Артур</t>
   </si>
   <si>
     <t>42:24</t>
   </si>
   <si>
     <t>29:10</t>
   </si>
   <si>
+    <t>Рассказов Евгений</t>
+  </si>
+  <si>
+    <t>37:36</t>
+  </si>
+  <si>
     <t>Богомолов Артем</t>
-  </si>
-[...4 lines deleted...]
-    <t>Рассказов Евгений</t>
   </si>
   <si>
     <t>38:25</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Евтеев Максим</t>
   </si>
   <si>
     <t>Светачев Алексей</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Лошкович Андрей</t>
   </si>