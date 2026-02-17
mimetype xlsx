--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Алькор*» Vs «Хабаровские медведи*»</t>
   </si>
   <si>
     <t>2021 - 2022 Лига Джентльменов</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 02.03.2022</t>
   </si>
   <si>
     <t>Начало 20.15</t>
   </si>
   <si>
     <t>Игра 29/Дж ALR-HBM</t>
   </si>
   <si>
     <t>Команда « А » «Алькор*»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -126,74 +126,74 @@
   <si>
     <t>Дружков Станислав</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>25:42</t>
   </si>
   <si>
     <t>Савин Алексей</t>
   </si>
   <si>
     <t>35:00</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Непомнящий Виталий</t>
+  </si>
+  <si>
+    <t>Дроздов Владислав</t>
+  </si>
+  <si>
+    <t>Ананин Сергей</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Чижов Сергей</t>
+  </si>
+  <si>
+    <t>Ермаков Андрей</t>
+  </si>
+  <si>
     <t>Шехматов Сергей</t>
   </si>
   <si>
-    <t>Солоха Виктор</t>
-[...19 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи*»</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>32:15</t>
   </si>
   <si>
     <t>Сапежников Владимир</t>
@@ -226,53 +226,50 @@
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>42:36</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>44:50</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Макаров Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1179,240 +1176,240 @@
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
@@ -2342,53 +2339,51 @@
       <c r="P55" s="20" t="s">
         <v>68</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>69</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>