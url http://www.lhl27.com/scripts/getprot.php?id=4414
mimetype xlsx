--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -150,56 +150,56 @@
   <si>
     <t>Сидоренко Александр</t>
   </si>
   <si>
     <t>Сафин Вадим</t>
   </si>
   <si>
     <t>Констандогло Дмитрий</t>
   </si>
   <si>
     <t>Русишвили Давид</t>
   </si>
   <si>
     <t>Васин Андрей</t>
   </si>
   <si>
     <t>Сидоренко Богдан</t>
   </si>
   <si>
     <t>Фиалкин Дмитрий</t>
   </si>
   <si>
     <t>Запорожский Глеб</t>
   </si>
   <si>
+    <t>Голубцов Никита</t>
+  </si>
+  <si>
     <t>Шульга Константин</t>
   </si>
   <si>
-    <t>Голубцов Никита</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл*»</t>
   </si>
   <si>
     <t>Могилевский Александр</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>14:05</t>
@@ -213,54 +213,54 @@
   <si>
     <t>18:50</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>28:00</t>
   </si>
   <si>
     <t>22:30</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>31:10</t>
   </si>
   <si>
     <t>Чанчиков Евгений</t>
   </si>
   <si>
     <t>39:10</t>
   </si>
   <si>
+    <t>Вялый Павел</t>
+  </si>
+  <si>
     <t>Лунев Антон</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вялый Павел</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Андриенко Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Бабушкин Евгений</t>
   </si>
 </sst>
 </file>
 
@@ -1379,78 +1379,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>99</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>99</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
@@ -1895,78 +1895,78 @@
       <c r="L35" s="7">
         <v>10</v>
       </c>
       <c r="M35" s="7">
         <v>18</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>33</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>33</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>77</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>