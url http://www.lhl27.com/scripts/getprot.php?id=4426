--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Центурион*» Vs «Хабаровские медведи*»</t>
   </si>
   <si>
     <t>2021 - 2022 Первая лига</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 23.03.2022</t>
   </si>
   <si>
     <t>Начало 21.15</t>
   </si>
   <si>
     <t>Игра 121/1 CTR-HBM</t>
   </si>
   <si>
     <t>Команда « А » «Центурион*»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -207,90 +207,87 @@
   <si>
     <t>37:46</t>
   </si>
   <si>
     <t>Матвеев Кирилл</t>
   </si>
   <si>
     <t>42:58</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>43:43</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>Зорин Никита</t>
   </si>
   <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
     <t>Богачев Артем</t>
   </si>
   <si>
-    <t>Трофимович Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Повисок Данила</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1009,96 +1006,96 @@
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="6">
         <v>9</v>
       </c>
       <c r="L6" s="6">
         <v>88</v>
       </c>
       <c r="M6" s="8">
         <v>68</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O6" s="6">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>8</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>8</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>8</v>
       </c>
       <c r="L7" s="6">
         <v>51</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O7" s="6">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>6</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>9</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H8" s="6">
@@ -1298,51 +1295,51 @@
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
@@ -2389,66 +2386,64 @@
       <c r="P55" s="20" t="s">
         <v>74</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>75</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>