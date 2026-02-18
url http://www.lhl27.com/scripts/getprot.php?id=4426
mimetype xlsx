--- v1 (2026-02-15)
+++ v2 (2026-02-18)
@@ -123,59 +123,59 @@
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>14:33</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>31:10</t>
   </si>
   <si>
     <t>18:08</t>
   </si>
   <si>
+    <t>Абрамов Алексей</t>
+  </si>
+  <si>
+    <t>23:12</t>
+  </si>
+  <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
-    <t>23:12</t>
-[...4 lines deleted...]
-  <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>27:00</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
@@ -207,54 +207,54 @@
   <si>
     <t>37:46</t>
   </si>
   <si>
     <t>Матвеев Кирилл</t>
   </si>
   <si>
     <t>42:58</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>43:43</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>Марачев Алексей</t>
   </si>
   <si>
     <t>Зорин Никита</t>
   </si>
   <si>
+    <t>Богачев Артем</t>
+  </si>
+  <si>
     <t>Трофимович Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Богачев Артем</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>