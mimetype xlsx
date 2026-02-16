--- v0 (2025-12-10)
+++ v1 (2026-02-16)
@@ -135,60 +135,60 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>17:35</t>
   </si>
   <si>
     <t>Зенков Леонид</t>
   </si>
   <si>
     <t>24:45</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>31:05</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
     <t>38:20</t>
   </si>
   <si>
+    <t>Митрофанов Федор</t>
+  </si>
+  <si>
+    <t>42:20</t>
+  </si>
+  <si>
     <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...4 lines deleted...]
-    <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1203,88 +1203,88 @@
       <c r="L11" s="6">
         <v>27</v>
       </c>
       <c r="M11" s="8">
         <v>0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6">
         <v>8</v>
       </c>
       <c r="I12" s="6"/>
       <c r="J12" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="K12" s="6">
         <v>77</v>
       </c>
       <c r="L12" s="6">
         <v>0</v>
       </c>
       <c r="M12" s="8">
         <v>0</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>27</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>30</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1685,51 +1685,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K30" s="7">
         <v>17</v>
       </c>
       <c r="L30" s="7">
         <v>10</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O30" s="7">
         <v>11</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1973,51 +1973,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>83</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>89</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>