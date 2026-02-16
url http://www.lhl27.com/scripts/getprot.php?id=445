--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -129,57 +129,57 @@
   <si>
     <t>Ковалёв Владимир</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Гуленок Альберт</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Михайлов Александр</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
+    <t>Баськов Денис</t>
+  </si>
+  <si>
     <t>Лазутин Юрий</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Баськов Денис</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Бондаренко Сергей</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Наприенко Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Авто-ген»</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
@@ -1275,78 +1275,78 @@
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>83</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>83</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>88</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -2098,78 +2098,78 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>30</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>30</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
         <v>31</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>