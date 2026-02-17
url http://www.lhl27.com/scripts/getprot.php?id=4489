--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -165,54 +165,54 @@
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>41:23</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
+    <t>Ромашков Ярослав</t>
+  </si>
+  <si>
     <t>Семенов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС 2»</t>
   </si>
   <si>
     <t>Ткач Вячеслав</t>
   </si>
   <si>
     <t>01:31</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>06:09</t>
   </si>
@@ -1442,78 +1442,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>89</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>89</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
@@ -1876,51 +1876,51 @@
       <c r="L33" s="7">
         <v>34</v>
       </c>
       <c r="M33" s="7">
         <v>78</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>34</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>