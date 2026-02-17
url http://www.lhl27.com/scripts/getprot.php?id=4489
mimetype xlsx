--- v1 (2026-02-17)
+++ v2 (2026-02-17)
@@ -165,54 +165,54 @@
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>41:23</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Ромашков Ярослав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС 2»</t>
   </si>
   <si>
     <t>Ткач Вячеслав</t>
   </si>
   <si>
     <t>01:31</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>06:09</t>
   </si>
@@ -1442,78 +1442,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>89</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>89</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>