--- v0 (2025-12-08)
+++ v1 (2025-12-15)
@@ -234,57 +234,57 @@
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
+    <t>Ягодкин Никита</t>
+  </si>
+  <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Сухоруков Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ягодкин Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
   <si>
     <t>Линник Никита</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2105,115 +2105,115 @@
       <c r="B42" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7"/>
       <c r="B46" s="12"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>