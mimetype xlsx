--- v1 (2025-12-15)
+++ v2 (2026-02-15)
@@ -234,57 +234,57 @@
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
+    <t>Феденович Александр</t>
+  </si>
+  <si>
+    <t>Сухоруков Артем</t>
+  </si>
+  <si>
     <t>Ягодкин Никита</t>
-  </si>
-[...4 lines deleted...]
-    <t>Сухоруков Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
   <si>
     <t>Линник Никита</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1814,51 +1814,51 @@
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>8</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>60</v>
       </c>
       <c r="O32" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>9</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7"/>
@@ -2024,51 +2024,51 @@
       <c r="B39" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>47</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
@@ -2105,115 +2105,115 @@
       <c r="B42" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7"/>
       <c r="B46" s="12"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>