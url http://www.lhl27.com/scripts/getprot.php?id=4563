--- v1 (2026-02-17)
+++ v2 (2026-02-17)
@@ -90,63 +90,63 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>13-00</t>
   </si>
   <si>
     <t>34-28</t>
   </si>
   <si>
+    <t>Алексенко Максим</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>21-55</t>
+  </si>
+  <si>
+    <t>41-00</t>
+  </si>
+  <si>
     <t>Жуков Павел</t>
-  </si>
-[...10 lines deleted...]
-    <t>Алексенко Максим</t>
   </si>
   <si>
     <t>31-40</t>
   </si>
   <si>
     <t>43-52</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>33-12</t>
   </si>
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>39-12</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>