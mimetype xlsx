--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -228,54 +228,54 @@
   <si>
     <t>Шмелев Александр</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Новосельцев Ярослав</t>
   </si>
   <si>
+    <t>Шерстнев Виталий</t>
+  </si>
+  <si>
     <t>Глухов Денис</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шерстнев Виталий</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
   <si>
     <t>Емпольский Станислав</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
@@ -2091,78 +2091,78 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>83</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>83</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>87</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>