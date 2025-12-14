--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -204,54 +204,54 @@
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Афанасенко Евгений</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Ромашков Ярослав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2005,78 +2005,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>89</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>89</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7"/>
       <c r="B46" s="12"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>