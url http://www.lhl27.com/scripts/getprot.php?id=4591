--- v0 (2026-02-17)
+++ v1 (2026-02-17)
@@ -156,54 +156,54 @@
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Львы (DC)»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Маркушев Виктор</t>
   </si>
   <si>
+    <t>Небесных Василий</t>
+  </si>
+  <si>
     <t>Хайров Роман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Небесных Василий</t>
   </si>
   <si>
     <t>Латыпов Никита</t>
   </si>
   <si>
     <t>Чекменёва Анастасия</t>
   </si>
   <si>
     <t>Толочко Михаил</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Сидоренко Александр</t>
   </si>
   <si>
     <t>Ковалев Роман</t>
   </si>
   <si>
     <t>Никоненко Алексей</t>
   </si>
   <si>
     <t>Гуцаева Юлия</t>
   </si>