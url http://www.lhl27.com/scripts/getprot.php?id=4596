--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -204,54 +204,54 @@
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Зенков Леонид</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
@@ -1988,78 +1988,78 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>27</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>27</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>28</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>