--- v0 (2025-12-10)
+++ v1 (2026-02-17)
@@ -81,63 +81,63 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Могилевский Александр</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>13-14</t>
+  </si>
+  <si>
+    <t>23-11</t>
+  </si>
+  <si>
     <t>Трубачев Дмитрий</t>
-  </si>
-[...10 lines deleted...]
-    <t>Могилевский Александр</t>
   </si>
   <si>
     <t>+2</t>
   </si>
   <si>
     <t>19-03</t>
   </si>
   <si>
     <t>27-18</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>36-01</t>
   </si>
   <si>
     <t>28-53</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>41-20</t>
   </si>
@@ -1780,86 +1780,86 @@
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>37</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>31</v>
       </c>
       <c r="O34" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P34" s="7">
         <v>5</v>
       </c>
       <c r="Q34" s="7">
         <v>42</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>31</v>
       </c>
       <c r="O35" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P35" s="7">
         <v>20</v>
       </c>
       <c r="Q35" s="7">
         <v>40</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>69</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>49</v>
       </c>
       <c r="H36" s="7"/>