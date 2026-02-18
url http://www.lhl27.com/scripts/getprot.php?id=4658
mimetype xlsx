--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -201,54 +201,54 @@
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>Мячин Михаил</t>
   </si>
   <si>
     <t>27:10</t>
   </si>
   <si>
     <t>Котышев Александр</t>
   </si>
   <si>
     <t>Кайбанов Дмитрий</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
     <t>Розвезев Михаил</t>
   </si>
   <si>
     <t>Ганин Артём</t>
   </si>
   <si>
+    <t>Страшевский Андрей</t>
+  </si>
+  <si>
     <t>Цёмик Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Страшевский Андрей</t>
   </si>
   <si>
     <t>Белотелов Виктор</t>
   </si>
   <si>
     <t>Шепель Александр</t>
   </si>
   <si>
     <t>Кычаков Дмитрий</t>
   </si>
   <si>
     <t>Пермяков Павел</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 