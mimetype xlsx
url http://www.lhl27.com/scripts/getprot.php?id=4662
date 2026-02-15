--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -135,59 +135,59 @@
   <si>
     <t>23:40</t>
   </si>
   <si>
     <t>Кукуренчук Владислав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>30:29</t>
   </si>
   <si>
     <t>24:41</t>
   </si>
   <si>
     <t>Гарбар Сергей</t>
   </si>
   <si>
     <t>39:46</t>
   </si>
   <si>
     <t>27:37</t>
   </si>
   <si>
+    <t>Головочев Денис</t>
+  </si>
+  <si>
+    <t>38:17</t>
+  </si>
+  <si>
     <t>Лакеев Дмитрий</t>
   </si>
   <si>
-    <t>38:17</t>
-[...4 lines deleted...]
-  <si>
     <t>44:29</t>
   </si>
   <si>
     <t>Ершов Денис</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Макаров Глеб</t>
   </si>
   <si>
     <t>Ковалев Роман</t>
   </si>
   <si>
     <t>Казимирчук Александр</t>
   </si>
   <si>
     <t>Менщиков Данила</t>
   </si>
   <si>
     <t>Крючков Александр</t>
   </si>
   <si>
     <t>Бердычевец Евгений</t>
@@ -222,54 +222,54 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
     <t>Гроза Александр</t>
   </si>
   <si>
     <t>32:16</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>37:47</t>
   </si>
   <si>
     <t>Дорош Александр</t>
   </si>
   <si>
     <t>41:42</t>
   </si>
   <si>
+    <t>Кислов Александр</t>
+  </si>
+  <si>
     <t>Сенякин Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кислов Александр</t>
   </si>
   <si>
     <t>Чугайков Дмитрий</t>
   </si>
   <si>
     <t>Легостаев Илья</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Жариков Валерий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>