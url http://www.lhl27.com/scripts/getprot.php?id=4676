--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -126,65 +126,65 @@
   <si>
     <t>17-40</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>22-53</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>28-55</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>44-30</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Барсы»</t>
   </si>
   <si>
     <t>Лапаник Виталий</t>
   </si>
   <si>
     <t>8-35</t>
   </si>
   <si>
     <t>Хоменко Евгений</t>
   </si>
   <si>
     <t>16-10</t>
@@ -204,54 +204,54 @@
   <si>
     <t>Поляков Степан</t>
   </si>
   <si>
     <t>41-35</t>
   </si>
   <si>
     <t>Старовойтов Никита</t>
   </si>
   <si>
     <t>Воробьев Евгений</t>
   </si>
   <si>
     <t>Богодухов Сергей</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Марченко Андрей</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
+    <t>Шабаршин Александр</t>
+  </si>
+  <si>
     <t>Корчагин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шабаршин Александр</t>
   </si>
   <si>
     <t>Фадеев Сергей</t>
   </si>
   <si>
     <t>Батеев Владимир</t>
   </si>
   <si>
     <t>Андрейчук Владимир</t>
   </si>
   <si>
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Хоменко Вячеслав</t>
   </si>
   <si>
     <t>Визнюк Виктор</t>
   </si>
   <si>
     <t>Садовников Андрей</t>
   </si>
   <si>
     <t>Быцура Юрий</t>
   </si>
@@ -1135,159 +1135,159 @@
       </c>
       <c r="O9" s="6">
         <v>88</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>5</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>30</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>38</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>44</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>73</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>88</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1992,78 +1992,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>69</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>69</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>71</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>