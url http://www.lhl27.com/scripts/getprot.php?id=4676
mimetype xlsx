--- v1 (2026-02-17)
+++ v2 (2026-02-18)
@@ -204,54 +204,54 @@
   <si>
     <t>Поляков Степан</t>
   </si>
   <si>
     <t>41-35</t>
   </si>
   <si>
     <t>Старовойтов Никита</t>
   </si>
   <si>
     <t>Воробьев Евгений</t>
   </si>
   <si>
     <t>Богодухов Сергей</t>
   </si>
   <si>
     <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Марченко Андрей</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
+    <t>Корчагин Владимир</t>
+  </si>
+  <si>
     <t>Шабаршин Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Корчагин Владимир</t>
   </si>
   <si>
     <t>Фадеев Сергей</t>
   </si>
   <si>
     <t>Батеев Владимир</t>
   </si>
   <si>
     <t>Андрейчук Владимир</t>
   </si>
   <si>
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Хоменко Вячеслав</t>
   </si>
   <si>
     <t>Визнюк Виктор</t>
   </si>
   <si>
     <t>Садовников Андрей</t>
   </si>
   <si>
     <t>Быцура Юрий</t>
   </si>
@@ -1992,78 +1992,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>69</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>69</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>71</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>