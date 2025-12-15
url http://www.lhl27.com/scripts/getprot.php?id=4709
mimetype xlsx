--- v0 (2025-12-08)
+++ v1 (2025-12-15)
@@ -1796,51 +1796,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>38</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>