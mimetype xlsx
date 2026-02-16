--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -123,105 +123,105 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>35:12</t>
   </si>
   <si>
     <t>Жуков Павел</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Мячин Михаил</t>
   </si>
   <si>
     <t>Галиев Игорь</t>
   </si>
   <si>
     <t>Котышев Александр</t>
   </si>
   <si>
     <t>Кайбанов Дмитрий</t>
   </si>
   <si>
+    <t>Розвезев Михаил</t>
+  </si>
+  <si>
     <t>Молчанов Сергей</t>
   </si>
   <si>
-    <t>Розвезев Михаил</t>
-[...1 lines deleted...]
-  <si>
     <t>Ганин Артём</t>
   </si>
   <si>
     <t>Страшевский Андрей</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Шепель Александр</t>
   </si>
   <si>
     <t>Кычаков Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>07:12</t>
   </si>
   <si>
     <t>Алексенко Максим</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
+    <t>Пляскин Михаил</t>
+  </si>
+  <si>
+    <t>11:13</t>
+  </si>
+  <si>
     <t>Мишустин Степан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>25:47</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>27:51</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Крицкий Дмитрий</t>
   </si>