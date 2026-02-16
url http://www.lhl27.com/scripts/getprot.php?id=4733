--- v1 (2026-02-16)
+++ v2 (2026-02-16)
@@ -171,57 +171,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Импульс»</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>07:12</t>
   </si>
   <si>
     <t>Алексенко Максим</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
+    <t>Мишустин Степан</t>
+  </si>
+  <si>
+    <t>11:13</t>
+  </si>
+  <si>
     <t>Пляскин Михаил</t>
-  </si>
-[...4 lines deleted...]
-    <t>Мишустин Степан</t>
   </si>
   <si>
     <t>25:47</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>27:51</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Крицкий Дмитрий</t>
   </si>