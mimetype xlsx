--- v0 (2025-12-07)
+++ v1 (2026-02-15)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Бастион» Vs «Алькор»</t>
   </si>
   <si>
     <t>2022 - 2023 Лига Джентльменов</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 28.11.2022</t>
   </si>
   <si>
     <t>Начало 21-30</t>
   </si>
   <si>
     <t>Игра GL4 BST-ALR</t>
   </si>
   <si>
     <t>Команда « А » «Бастион»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -183,87 +183,84 @@
   <si>
     <t>28:34</t>
   </si>
   <si>
     <t>40:43</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>44:56</t>
   </si>
   <si>
     <t>Ключевской Роман</t>
   </si>
   <si>
     <t>Афанасьев Максим</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Рябухин Виталий</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Курдыш Андрей</t>
+  </si>
+  <si>
+    <t>Есин Евгений</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Чижов Сергей</t>
+  </si>
+  <si>
+    <t>Ермаков Андрей</t>
+  </si>
+  <si>
     <t>Шехматов Сергей</t>
   </si>
   <si>
-    <t>Солоха Виктор</t>
-[...16 lines deleted...]
-  <si>
     <t>Матвеев Константин</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Волошин Глеб</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
   <si>
     <t>Севрюгин Егор</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1801,213 +1798,213 @@
       <c r="B36" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
@@ -2274,66 +2271,64 @@
       <c r="P55" s="20" t="s">
         <v>65</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>66</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>