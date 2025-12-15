--- v0 (2025-12-08)
+++ v1 (2025-12-15)
@@ -105,54 +105,54 @@
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>00-35</t>
   </si>
   <si>
     <t>17-35</t>
   </si>
   <si>
     <t>Алексенко Максим</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>39-40</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
+    <t>Пляскин Михаил</t>
+  </si>
+  <si>
     <t>Мишустин Степан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Замкин Антон</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Крицкий Дмитрий</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Шелыганов Кирилл</t>
   </si>