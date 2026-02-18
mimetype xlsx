--- v0 (2025-12-08)
+++ v1 (2026-02-18)
@@ -1168,51 +1168,51 @@
       <c r="B12" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
@@ -1902,51 +1902,51 @@
       <c r="L36" s="7">
         <v>87</v>
       </c>
       <c r="M36" s="7">
         <v>0</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H37" s="7">
         <v>8</v>
       </c>
       <c r="I37" s="7"/>
       <c r="J37" s="7" t="s">
         <v>62</v>
       </c>
       <c r="K37" s="7">
         <v>51</v>
       </c>
       <c r="L37" s="7">
         <v>92</v>
       </c>
       <c r="M37" s="7">
         <v>72</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">