--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -126,54 +126,54 @@
   <si>
     <t>Агапов Виктор</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>31:41</t>
   </si>
   <si>
     <t>22:24</t>
   </si>
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
     <t>44:26</t>
   </si>
   <si>
     <t>Малахов Виталий</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
+    <t>Рыженков Дмитрий</t>
+  </si>
+  <si>
     <t>Недбайлов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Рыженков Дмитрий</t>
   </si>
   <si>
     <t>Базалий Максим</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Куделин Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Правский Артем</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Александров Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1150,78 +1150,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>12</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>12</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>13</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1872,51 +1872,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>37</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>