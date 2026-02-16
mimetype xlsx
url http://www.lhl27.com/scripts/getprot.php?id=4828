--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -174,54 +174,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Сокол»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>22:43</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>44:06</t>
   </si>
   <si>
+    <t>Серецкий Максим</t>
+  </si>
+  <si>
     <t>Ямщиков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Серецкий Максим</t>
   </si>
   <si>
     <t>Головашов Александр</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Фадеев Николай</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Сухинин Антон</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>