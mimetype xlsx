--- v0 (2025-12-14)
+++ v1 (2026-02-15)
@@ -171,60 +171,60 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Пульсар»</t>
   </si>
   <si>
     <t>Ким Юрий</t>
   </si>
   <si>
     <t>03-26</t>
   </si>
   <si>
     <t>18-05</t>
   </si>
   <si>
     <t>Бойков Павел</t>
   </si>
   <si>
     <t>16-28</t>
   </si>
   <si>
     <t>22-36</t>
   </si>
   <si>
+    <t>Лысков Алексей</t>
+  </si>
+  <si>
+    <t>22-08</t>
+  </si>
+  <si>
+    <t>44-55</t>
+  </si>
+  <si>
     <t>Кочетов Евгений</t>
-  </si>
-[...7 lines deleted...]
-    <t>Лысков Алексей</t>
   </si>
   <si>
     <t>38-20</t>
   </si>
   <si>
     <t>Мясоеденков Андрей</t>
   </si>
   <si>
     <t>44-25</t>
   </si>
   <si>
     <t>Медведев Александр</t>
   </si>
   <si>
     <t>Поцилуйко Алексей</t>
   </si>
   <si>
     <t>Кочетыгов Виктор</t>
   </si>
   <si>
     <t>Капитонов Роман</t>
   </si>
   <si>
     <t>Дюжов Илья</t>
   </si>