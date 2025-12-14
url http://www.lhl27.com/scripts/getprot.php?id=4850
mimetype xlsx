--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -195,54 +195,54 @@
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>30:05</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>40:15</t>
   </si>
   <si>
     <t>Зенков Леонид</t>
   </si>
   <si>
     <t>41:56</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>44:05</t>
   </si>
   <si>
+    <t>Митрофанов Федор</t>
+  </si>
+  <si>
     <t>Васильев Кирилл</t>
-  </si>
-[...1 lines deleted...]
-    <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Марк</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
@@ -1873,78 +1873,78 @@
       <c r="L36" s="7">
         <v>27</v>
       </c>
       <c r="M36" s="7">
         <v>19</v>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>27</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>28</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>