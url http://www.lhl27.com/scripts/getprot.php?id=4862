--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -129,57 +129,57 @@
   <si>
     <t>-1 ПВ</t>
   </si>
   <si>
     <t>44-13</t>
   </si>
   <si>
     <t>32-42</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>36-54</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>42-15</t>
   </si>
   <si>
+    <t>Серецкий Максим</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Ямщиков Дмитрий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Серецкий Максим</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Сухинин Антон</t>
   </si>
   <si>
     <t>Медведев Дмитрий</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Коровин Константин</t>
   </si>
   <si>
     <t>Готальский Дмитрий</t>
   </si>