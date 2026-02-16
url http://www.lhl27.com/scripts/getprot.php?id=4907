--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -153,57 +153,57 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>
   <si>
     <t>Пронкевич Владимир</t>
   </si>
   <si>
     <t>09-17</t>
   </si>
   <si>
     <t>24-01</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>16-16</t>
   </si>
   <si>
+    <t>Калашников Валерий</t>
+  </si>
+  <si>
+    <t>19-07</t>
+  </si>
+  <si>
     <t>Крамарь Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Калашников Валерий</t>
   </si>
   <si>
     <t>22-47</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Слепухин Александр</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Солтус Андрей</t>
   </si>
   <si>
     <t>Денисов Евгений</t>
   </si>