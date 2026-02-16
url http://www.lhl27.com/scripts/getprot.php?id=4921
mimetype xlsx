--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -126,54 +126,54 @@
   <si>
     <t>Бальбуза Игорь</t>
   </si>
   <si>
     <t>Угрюмов Иван</t>
   </si>
   <si>
     <t>Рудичев Сергей</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Нагайко Дмитрий</t>
   </si>
   <si>
     <t>Зайков Роман</t>
   </si>
   <si>
     <t>Стукушкин Егор</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
+    <t>Высотин Алексей</t>
+  </si>
+  <si>
     <t>Беляевский Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Высотин Алексей</t>
   </si>
   <si>
     <t>Крахин Сергей</t>
   </si>
   <si>
     <t>Скорняков Егор</t>
   </si>
   <si>
     <t>Понкратьев Павел</t>
   </si>
   <si>
     <t>Носачев Арсений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Фины»</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>