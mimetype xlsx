--- v0 (2025-12-06)
+++ v1 (2026-02-17)
@@ -1202,51 +1202,51 @@
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">