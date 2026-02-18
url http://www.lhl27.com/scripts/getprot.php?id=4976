--- v0 (2026-02-17)
+++ v1 (2026-02-18)
@@ -126,56 +126,56 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Мележик Максим</t>
   </si>
   <si>
     <t>35:14</t>
   </si>
   <si>
     <t>Бойков Павел</t>
   </si>
   <si>
     <t>Кочетов Евгений</t>
   </si>
   <si>
     <t>Лысков Алексей</t>
   </si>
   <si>
     <t>Мясоеденков Андрей</t>
   </si>
   <si>
     <t>Медведев Александр</t>
   </si>
   <si>
+    <t>Бессарабец Александр</t>
+  </si>
+  <si>
     <t>Плетухин Никита</t>
   </si>
   <si>
-    <t>Бессарабец Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Поцилуйко Алексей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Выборнов Александр</t>
   </si>
   <si>
     <t>Кочетыгов Виктор</t>
   </si>
   <si>
     <t>Ложечник Евгений</t>
   </si>
   <si>
     <t>Старков Кирилл</t>
   </si>
   <si>
     <t>Глазачев Егор</t>
   </si>
   <si>
     <t>Капитонов Роман</t>
   </si>
   <si>
     <t>Мамонтов Артём</t>
@@ -234,54 +234,54 @@
   <si>
     <t>Петров Александр</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Губкин Егор</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
     <t>Смирнов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смазнов Руслан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Бражников Роман</t>
   </si>
   <si>
     <t>Попов Илья</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1230,78 +1230,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>17</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>17</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>21</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -2106,78 +2106,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>98</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>98</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7"/>
       <c r="B46" s="12"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>