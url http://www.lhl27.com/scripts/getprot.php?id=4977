--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -183,54 +183,54 @@
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>19-50</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>24-55</t>
   </si>
   <si>
     <t>Лашуня Алексей</t>
   </si>
   <si>
     <t>32-20</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сергодеев Вячеслав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
@@ -1888,78 +1888,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>27</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>27</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>28</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>