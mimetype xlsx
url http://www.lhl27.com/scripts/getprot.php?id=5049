--- v0 (2025-12-10)
+++ v1 (2025-12-15)
@@ -222,54 +222,54 @@
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>Мячин Михаил</t>
   </si>
   <si>
     <t>27:30</t>
   </si>
   <si>
     <t>Галиев Игорь</t>
   </si>
   <si>
     <t>40:30</t>
   </si>
   <si>
     <t>Котышев Александр</t>
   </si>
   <si>
     <t>Кайбанов Дмитрий</t>
   </si>
   <si>
     <t>Меднов Владимир</t>
   </si>
   <si>
+    <t>Молчанов Сергей</t>
+  </si>
+  <si>
     <t>Розвезев Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Ганин Артём</t>
   </si>
   <si>
     <t>Страшевский Андрей</t>
   </si>
   <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Белотелов Виктор</t>
   </si>
   <si>
     <t>Шепель Александр</t>
   </si>
   <si>
     <t>Кычаков Дмитрий</t>
   </si>
   <si>
     <t>Павленко Игорь</t>
   </si>