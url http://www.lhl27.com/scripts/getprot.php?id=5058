--- v0 (2025-12-06)
+++ v1 (2026-02-15)
@@ -129,57 +129,57 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>17-13</t>
   </si>
   <si>
     <t>34-40</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>22-10</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>26-30</t>
   </si>
   <si>
+    <t>Степанов Владимир</t>
+  </si>
+  <si>
+    <t>27-30</t>
+  </si>
+  <si>
     <t>Козяев Марк</t>
-  </si>
-[...4 lines deleted...]
-    <t>Степанов Владимир</t>
   </si>
   <si>
     <t>37-40</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Кузнецов Владислав</t>
   </si>
   <si>
     <t>Дроздов Владислав</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гончаров Иван</t>
   </si>
@@ -1148,88 +1148,88 @@
       <c r="L9" s="6">
         <v>22</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>25</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K10" s="6">
         <v>24</v>
       </c>
       <c r="L10" s="6">
         <v>25</v>
       </c>
       <c r="M10" s="8">
         <v>77</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>25</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K11" s="6">
         <v>22</v>
       </c>
       <c r="L11" s="6">
         <v>16</v>
       </c>
       <c r="M11" s="8">
         <v>0</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">