--- v0 (2025-12-08)
+++ v1 (2026-02-16)
@@ -159,69 +159,69 @@
   <si>
     <t>17-00</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>13-10</t>
   </si>
   <si>
     <t>44-25</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>15-10</t>
   </si>
   <si>
     <t>Степанов Владимир</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Кузнецов Владислав</t>
+  </si>
+  <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Ермаков Андрей</t>
+  </si>
+  <si>
+    <t>Капырин Никита</t>
+  </si>
+  <si>
     <t>Шехматов Сергей</t>
-  </si>
-[...16 lines deleted...]
-    <t>Капырин Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Повисок Данила</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1701,223 +1701,223 @@
       <c r="B34" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>85</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>92</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7"/>
       <c r="B42" s="12"/>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>