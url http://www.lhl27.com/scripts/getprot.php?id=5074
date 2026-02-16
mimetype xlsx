--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -120,57 +120,57 @@
   <si>
     <t>18-28</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>23-26</t>
   </si>
   <si>
     <t>Лашуня Алексей</t>
   </si>
   <si>
     <t>37-30</t>
   </si>
   <si>
     <t>Тимофеев Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Шаренко Алексей</t>
   </si>
   <si>
+    <t>Васильев Кирилл</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Митрофанов Федор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Дерид Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
@@ -1135,78 +1135,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>27</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1780,51 +1780,51 @@
       </c>
       <c r="O33" s="7">
         <v>57</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>30</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>57</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
@@ -1915,51 +1915,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>77</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>78</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>