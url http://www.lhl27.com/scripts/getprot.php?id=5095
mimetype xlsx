--- v0 (2025-12-09)
+++ v1 (2026-02-16)
@@ -123,72 +123,72 @@
   <si>
     <t>26-27</t>
   </si>
   <si>
     <t>27-34</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Козяев Марк</t>
   </si>
   <si>
     <t>Степанов Владимир</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Кузнецов Владислав</t>
+  </si>
+  <si>
+    <t>Ананин Сергей</t>
+  </si>
+  <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Ермаков Андрей</t>
+  </si>
+  <si>
+    <t>Капырин Никита</t>
+  </si>
+  <si>
     <t>Шехматов Сергей</t>
-  </si>
-[...19 lines deleted...]
-    <t>Капырин Никита</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>Одинец Александр</t>
   </si>
   <si>
     <t>06-02</t>
   </si>
   <si>
     <t>17-52</t>
   </si>
   <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
     <t>28-46</t>
   </si>
@@ -1138,250 +1138,250 @@
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>85</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>92</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>