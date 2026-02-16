--- v0 (2025-12-07)
+++ v1 (2026-02-16)
@@ -150,54 +150,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Боровиков Виталий</t>
   </si>
   <si>
     <t>Вьюшин Дмитрий</t>
   </si>
   <si>
     <t>Козырев Вячеслав</t>
   </si>
   <si>
     <t>Касьяненко Андрей</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Базарный Павел</t>
   </si>
   <si>
+    <t>Пасека Денис</t>
+  </si>
+  <si>
     <t>Линьков Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пасека Денис</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Никитюк Кирилл</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>