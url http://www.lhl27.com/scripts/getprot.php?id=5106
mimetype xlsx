--- v0 (2025-12-08)
+++ v1 (2026-02-17)
@@ -147,54 +147,54 @@
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44-58</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>Писарев Артем</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>05-50</t>
   </si>
   <si>
     <t>Пилипенко Александр</t>
   </si>
@@ -1003,51 +1003,51 @@
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="6">
         <v>99</v>
       </c>
       <c r="L6" s="6">
         <v>12</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O6" s="6">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>5</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>12</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="6">
@@ -1247,78 +1247,78 @@
       <c r="B13" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">